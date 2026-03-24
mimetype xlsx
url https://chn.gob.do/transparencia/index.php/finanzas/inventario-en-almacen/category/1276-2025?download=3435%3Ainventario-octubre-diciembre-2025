--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C8BBDA7-4AA0-4318-8B16-591DBF4B0806}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD893004-A4A3-4087-94C1-0593C666F00A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DICIEMBRE 2025" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DICIEMBRE 2025'!$A$9:$H$88</definedName>
   </definedNames>
   <calcPr calcId="181029" iterateDelta="1E-4"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H103" i="6" l="1"/>
   <c r="H101" i="6"/>
   <c r="H100" i="6"/>
   <c r="H99" i="6"/>
   <c r="H98" i="6"/>
   <c r="H97" i="6"/>
   <c r="H96" i="6"/>
   <c r="H63" i="6" l="1"/>
   <c r="H62" i="6"/>
   <c r="H95" i="6" l="1"/>
@@ -760,51 +760,51 @@
   <si>
     <t>FILTRO DE GASOIL BF 786</t>
   </si>
   <si>
     <t>FILTRO DE GASOIL BF 988</t>
   </si>
   <si>
     <t xml:space="preserve">LIQUIDO DE FRENOS </t>
   </si>
   <si>
     <t>LITRO</t>
   </si>
   <si>
     <t>TERMINAL MACHO DE 1/2 X 1/2</t>
   </si>
   <si>
     <t>FILTRO DE GASOIL A 1345 SP</t>
   </si>
   <si>
     <t>FILTRO DE ACEITE BT 259</t>
   </si>
   <si>
     <t>ADITIVO</t>
   </si>
   <si>
-    <t>MATERIAL GASTABLE  DE OFICINAS EXISTENTE AL 31 DE DICIEMBRE 2025</t>
+    <t>MATERIAL GASTABLE  DE OFICINAS OCTUBRE-DICIEMBRE 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1360,57 +1360,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:H178"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L28" sqref="L28"/>
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="2" width="12.140625" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="33" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" customWidth="1"/>
     <col min="7" max="7" width="13.85546875" style="12" customWidth="1"/>
     <col min="8" max="8" width="11.140625" style="10" customWidth="1"/>
     <col min="10" max="10" width="11.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E4" s="5"/>
     </row>
@@ -4350,52 +4347,52 @@
       <c r="E168"/>
     </row>
     <row r="169" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E169"/>
     </row>
     <row r="170" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="173" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="174" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="175" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="176" spans="3:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="177" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="178" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="H9:H10"/>
     <mergeCell ref="A111:C111"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup scale="98" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DICIEMBRE 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>